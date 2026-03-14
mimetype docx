--- v0 (2025-10-13)
+++ v1 (2026-03-14)
@@ -2,420 +2,442 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="005F518B">
+    <w:p w14:paraId="32F29889" w14:textId="77777777" w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="005F518B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t>CHURCHILL</w:t>
       </w:r>
       <w:r w:rsidR="005F518B" w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve"> PRIMARY SCHOOL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="005F518B" w:rsidP="005F518B">
+    <w:p w14:paraId="1FD29245" w14:textId="77777777" w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="005F518B" w:rsidP="005F518B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00BC7869">
+    <w:p w14:paraId="6C421404" w14:textId="77777777" w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00BC7869">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00216C96">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AF80800" wp14:editId="3857957B">
             <wp:extent cx="3304540" cy="3304540"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3304540" cy="3304540"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00493C49">
+    <w:p w14:paraId="3E06CB13" w14:textId="77777777" w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00493C49">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="72"/>
         </w:rPr>
         <w:t>Administration of Medication Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00493C49" w:rsidRDefault="005F518B" w:rsidP="00BC7869">
+    <w:p w14:paraId="6F01E8C4" w14:textId="592D7BF6" w:rsidR="00493C49" w:rsidRDefault="00493C49" w:rsidP="00BC7869">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00493C49">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC7869" w:rsidRPr="00493C49">
+        <w:t xml:space="preserve">Reviewed </w:t>
+      </w:r>
+      <w:r w:rsidR="00D34CB3">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>ebruary</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00493C49">
+        <w:t>March 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A03DA3D" w14:textId="77777777" w:rsidR="00D34CB3" w:rsidRPr="00493C49" w:rsidRDefault="00D34CB3" w:rsidP="00BC7869">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2018</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="005F518B">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="374B877D" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="005F518B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="005F518B">
+    <w:p w14:paraId="6799899E" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="005F518B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="005F518B" w:rsidP="005F518B">
+    <w:p w14:paraId="08416FFB" w14:textId="3A8CBFC1" w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="00D34CB3" w:rsidP="005F518B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC7869">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66EC449E" wp14:editId="7C0A914C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-90698</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>429787</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="6090920" cy="8617585"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21535"/>
+                <wp:lineTo x="21550" y="21535"/>
+                <wp:lineTo x="21550" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="805907645" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6090920" cy="8617585"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="005F518B" w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">OUR SCHOOL VISION: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="005F518B" w:rsidP="005F518B">
+    <w:p w14:paraId="5171B425" w14:textId="6A7C3867" w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="005F518B" w:rsidP="005F518B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F518B" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="005F518B">
-[...38 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="2ACCFFDA" w14:textId="7BF2D9C2" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INTRODUCTION: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="158013E2" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8775BA" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Board of Governors and staff of </w:t>
       </w:r>
       <w:r w:rsidR="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Churchill</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Primary School wish to ensure that pupils with medication needs receive appropriate care and support at school. The Principal will accept responsibility in principle for members of school staff giving or supervising pupils taking prescribed medication during the school day </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where those members of staff have volunteered to do so. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="00BC5C5B" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552FC53B" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A partnership approach with close co-operation between the school, parents, health professionals and other agencies will provide a supportive environment for any pupils with medication needs to enable them to participate fully in school activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="24AE4ECA" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E115EF8" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The administration of medicines is the responsibility of parents and those with parental responsibility. It must be noted that the dosage of </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">many medicines </w:t>
@@ -425,103 +447,103 @@
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">can be arranged to permit medicine to be given to children </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">before or after school </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- not during school- wherever possible. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="0B7523CB" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27EAD21A" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2935"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00730F5E" w:rsidRPr="00BC7869" w:rsidRDefault="00730F5E" w:rsidP="001B7F75">
+    <w:p w14:paraId="768B017D" w14:textId="77777777" w:rsidR="00730F5E" w:rsidRPr="00BC7869" w:rsidRDefault="00730F5E" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2935"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32748D60" wp14:editId="3C605AF7">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="130E7357" wp14:editId="2C6B9A69">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>222885</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>106045</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5734050" cy="532130"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="20320"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rounded Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5734050" cy="532130"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -551,1181 +573,1121 @@
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:roundrect w14:anchorId="1A652AC5" id="Rounded Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:17.55pt;margin-top:8.35pt;width:451.5pt;height:41.9pt;z-index:251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXe0sUnQIAAJEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X/1osm5BnSJo0WFA&#10;0QZth55VWYoNSKImKXGyXz9KfiToih2G5eCIIvmR/ETy8mqvFdkJ51swFS3OckqE4VC3ZlPRH8+3&#10;n75Q4gMzNVNgREUPwtOr5ccPl51diBIaULVwBEGMX3S2ok0IdpFlnjdCM38GVhhUSnCaBRTdJqsd&#10;6xBdq6zM889ZB662DrjwHm9veiVdJnwpBQ8PUnoRiKoo5hbS16Xva/xmy0u22Dhmm5YPabB/yEKz&#10;1mDQCeqGBUa2rv0DSrfcgQcZzjjoDKRsuUg1YDVF/qaap4ZZkWpBcrydaPL/D5bf79aOtHVFS0oM&#10;0/hEj7A1tajJI5LHzEYJUkaaOusXaP1k126QPB5jzXvpdPzHasg+UXuYqBX7QDhezi/OZ/kcX4Cj&#10;bn5eFueJ++zobZ0P3wRoEg8VdTGLmEKile3ufMCwaD/axYgGblul0hsqEy88qLaOd0mITSSulSM7&#10;hs8f9kWsAyFOrFCKnlmsrq8nncJBiQihzKOQSA9WUKZEUmMeMRnnwoSiVzWsFn2oeY6/MdiYRQqd&#10;ACOyxCQn7AFgtOxBRuw+58E+uorU15Nz/rfEeufJI0UGEyZn3Rpw7wEorGqI3NuPJPXURJZeoT5g&#10;8zjop8pbftvi290xH9bM4Rjhc+NqCA/4kQq6isJwoqQB9+u9+2iP3Y1aSjocy4r6n1vmBCXqu8G+&#10;/1rMZnGOkzCbX5QouFPN66nGbPU14NMXuIQsT8doH9R4lA70C26QVYyKKmY4xq4oD24UrkO/LnAH&#10;cbFaJTOcXcvCnXmyPIJHVmNbPu9fmLNDAwds/XsYR5gt3rRwbxs9Day2AWSb+vvI68A3zn1qnGFH&#10;xcVyKier4yZd/gYAAP//AwBQSwMEFAAGAAgAAAAhAOfF0LneAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyoXaqUNo1ToUocKiqhBg4c3XiJQ+N1FLtt+HuWEz3um9HsTLEe&#10;fSfOOMQ2kIbpRIFAqoNtqdHw8f7ysAARkyFrukCo4QcjrMvbm8LkNlxoj+cqNYJDKOZGg0upz6WM&#10;tUNv4iT0SKx9hcGbxOfQSDuYC4f7Tj4qNZfetMQfnOlx47A+VievwX6b3WuVve13W7XdkHTpWH8m&#10;re/vxucViIRj+jfDX32uDiV3OoQT2Sg6DbNsyk7m8ycQrC9nCwYHBkplIMtCXi8ofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDXe0sUnQIAAJEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDnxdC53gAAAAkBAAAPAAAAAAAAAAAAAAAAAPcEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAAgYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="4DC514A4" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2935"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PLEASE NOTE THAT PARENTS SHOULD KEEP THEIR CHILDREN AT HOME</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="00BC4B33" w:rsidP="001B7F75">
+    <w:p w14:paraId="1CB5B7B7" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="00BC4B33" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2935"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF </w:t>
       </w:r>
       <w:r w:rsidR="001B7F75" w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACUTELY UNWELL OR INFECTIOUS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...19 lines deleted...]
-    <w:p w:rsidR="005C4346" w:rsidRPr="00BC7869" w:rsidRDefault="005C4346" w:rsidP="001B7F75">
+    <w:p w14:paraId="02559CAF" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296897B4" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C909BBA" w14:textId="77777777" w:rsidR="005C4346" w:rsidRPr="00BC7869" w:rsidRDefault="005C4346" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="42B2F60D" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PARENTAL RESPONSIBILITY </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="66963580" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B8F551B" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parents are responsible for providing the Principal with comprehensive information regarding the pupil’s condition and medication. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="34C0ABF9" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E924E04" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parents are responsible for: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
-[...9 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="2DC7D223" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D544A8" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Making sure that their child is well enough to attend school. A child’s own doctor is the person best able to advise whether the child is fit to be in school and it is for parents to seek and obtain such advice as necessary; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+        <w:t xml:space="preserve">Making sure that their child is well enough to attend school. A child’s own doctor is the person best able to advise whether the child is fit to be in school and it is for parents to seek and obtain such advice as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necessary;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A58A79" w14:textId="48C46923" w:rsidR="000769CC" w:rsidRPr="000769CC" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keeping their children at home if acutely unwell or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infectious</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="41B7C6DC" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Making the school aware that their child requires medication; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+        <w:t xml:space="preserve">Making the school aware that their child requires </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>medication;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4254B9FE" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reaching agreement with the Principal on the school’s role in helping with their child’s medication; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="47701778" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Providing the Principal with the original written medical evidence about their child’s medical condition and treatment or special care needed at school; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="32413A66" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Providing the Principal with written instructions and making a written agreement. Details of the dose and when the medication is to be administered, are essential; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="0B6A32CD" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensuring any changes in medication or condition are notified promptly; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="042B8A7D" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Providing sufficient medication and ensuring it is correctly labelled; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="156C90BD" w14:textId="77777777" w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="56"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disposing of their child’s unused medication; and giving written permission for the pupil to carry his/her own medication. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7F75" w:rsidRPr="00BC7869" w:rsidRDefault="001B7F75" w:rsidP="001B7F75">
+    <w:p w14:paraId="14E049D3" w14:textId="32024AE4" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:pageBreakBefore/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>MEDICA</w:t>
+      </w:r>
+      <w:r w:rsidR="000769CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ION </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7CF16D" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...69 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prescribed medication will not be accepted in school without complete written and signed instructions from the parent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0346D145" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED7027B" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prescribed medication will not be accepted in school without complete written and signed instructions from the parent. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+        <w:t>Any parents requiring the school to administer medicines to their child should complete the ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administering of Medication Permission Form’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which can be obtained from the school office or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>downloaded from the parents’ page of the school website</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29870E4A" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>See Appendix 1: Administration of Medication Permission Form]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3C030D" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424DDF37" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Any parents requiring the school to administer medicines to their child should complete the ‘</w:t>
-[...85 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+        <w:t xml:space="preserve">Staff will not give a non-prescribed medicine to a child unless there is specific prior written permission from the parents. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4079247C" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02798B48" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Staff will not give a non-prescribed medicine to a child unless there is specific prior written permission from the parents. </w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Only reasonable quantities of medication should be supplied to the school (for example, a maximum of four weeks supply at any one time). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00BC7869">
+    <w:p w14:paraId="474A4FBD" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08E1D4A3" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">parents should </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BC7869">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA735EC" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">written instructions </w:t>
-[...33 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">LABELLING OF MEDICATION </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="5BCC8E3A" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51792BB3" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each item of medication must be delivered to the Principal or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>teaching staff</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the child’s parent, in a secure and labelled container as originally dispensed. Each item of medication must be clearly labelled with the following information: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="308E49B2" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DADF912" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pupil’s Name </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="76390559" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of Medication </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="048F110F" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dosage </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="7F8E2B4F" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frequency of administration </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="0C20851E" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of dispensing </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="569F767C" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Storage requirements (if important) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="3E9161CB" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Expiry date </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="6A616E0D" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36C7E99A" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The school will not accept items of medication in unlabelled containers. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="2E597C9B" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A0E20F9" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="4B13C20E" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">STORAGE OF MEDICINES </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="50086582" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2AFE92" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All prescription medicines will be stored in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1810,121 +1772,121 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">section of the information </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">file. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="257518C8" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1844804F" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="16FB0D66" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RECORDS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="383DCC76" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="35D98C81" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All permission forms for administrating medication in school will be stored in the ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
@@ -1932,92 +1894,92 @@
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administration of Medication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’ section of the information</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> file.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="75F00F32" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1583E54E" w14:textId="1CFFEB3E" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Every time a child takes medicine i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>n school (including inhalers) an ‘</w:t>
+        <w:t>n school an ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administration of Medication Record</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
@@ -2038,51 +2000,61 @@
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">relevant staff member </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and witnessed, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">filling in details of medicine and dosage given at what time. A copy will be retained by the school and </w:t>
+        <w:t xml:space="preserve">filling in details of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">medicine and dosage given at what time. A copy will be retained by the school and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> available to parents</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2119,1390 +2091,1382 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2809">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This booklet will be stored on the staff noticeboard</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="0000A9CC" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">REFUSAL TO TAKE MEDICATION </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="347E9D06" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785AC592" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If children refuse to take medicines, staff</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not force them to do so (t</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>his does not apply to use of EPI Pen or Glycogen hypo kits), and will inform the parents of the refusal, as a matter of urgency, on the same day.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="4D5A6A39" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A9F409" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If a refusal to take medicines results in an emergency, the school’s emergency procedures will be followed. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="3303C341" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3266611E" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="1CA880D6" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CHANGE IN MEDICATION </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="0763496B" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07043FC7" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is the responsibility of parents to notify the school in writing if the pupil’s need for medication has ceased. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="490F67B8" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0AE10C" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It is the parents’ responsibility to renew the medication when supplies are running low and to ensure that the medication supplied is within its expiry date.  Staff will inform parents when supplies are running low.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="0F687615" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3586CCAF" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The school will not make changes to dosages on parental instructions, only those prescribed by doctor in writing. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="0F67333D" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05256097" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="05F72187" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DISPOSAL OF MEDICATION </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="74CDF302" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF0920F" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">School staff will not dispose of medicines. Medicines, which are in use and in date, should be collected by the parent at the end of term. Date of expired medicines or those no longer required for treatment will be returned immediately to the parent for transfer to a community pharmacist for safe disposal. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="77200683" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22A6D138" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="74B50E1C" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">LONG TERM MEDICATION </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="60EB2DEC" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="394DAA59" w14:textId="20F057E8" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">For each pupil with long term or complex medication needs, the Principal will ensure that a </w:t>
+        <w:t xml:space="preserve">For each pupil with long term or complex medication needs, the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Principal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will ensure that a </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Medication Plan and Protocol</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+        <w:t xml:space="preserve">Medication Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is drawn up, in conjunction with the appropriate health professionals.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738CFC95" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02C2E1AF" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Where it is appropriate to do so, pupils will be encouraged to administer their own medication, if necessary, under staff supervision. Parents will be asked to confirm in writing if they wish their child to carry their medication with them in school. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="0958AC4D" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D6C285" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="2EF129CC" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">STAFF TRAINING </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="74DD3842" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Staff who volunteer to assist in the administration of medication will receive appropriate training / guidance through arrangements made w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ith the School Health Service e</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.g. training by diabetic nurse. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="65C4268F" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="310837CF" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Staff will be offered the chance to go on the Centralised Health Awareness training every 2 years. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="2351BD58" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D994D7" w14:textId="77777777" w:rsidR="00AB0009" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Designated First Aiders will attend all refresher courses necessary. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="51FB4BB4" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C7FC262" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="000769CC" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC7869">
+      <w:r w:rsidRPr="000769CC">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">EDUCATIONAL TRIPS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="4C51278E" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60675976" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The school will make every effort to continue the administration of medication to a pupil whi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">st on trips away from the school premises, even if additional arrangements might be required. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="77DFECC4" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="648B006E" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>However, there may be occasions when it may not be possible to include a pupil on a school trip if appropriate supervision cannot be guaranteed. A parent may be asked to accompany the pupil on such occasions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="439C6516" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61DED0C3" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>All staff will be made aware of the procedures to be followed in the event of an emergency.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="3BFBA587" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="4009F9F8" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="59C77556" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>POLICY REVIEW</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="53ED40B4" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="00AB0009">
+    <w:p w14:paraId="4FD818C6" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>This p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>olicy will be reviewed every three</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> years or after an incident to ensure its effectiveness and to take account of updated advice or regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB0009" w:rsidRPr="00BC7869" w:rsidRDefault="00AB0009" w:rsidP="001B7F75">
-[...368 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="303B4689" w14:textId="77777777" w:rsidR="000769CC" w:rsidRPr="00BC7869" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738CD2CC" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="000769CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B7630BA" w14:textId="77777777" w:rsidR="003B2809" w:rsidRDefault="003B2809" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461BE2C2" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71342D71" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E399309" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3572AB3D" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0DCEC6" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE29F55" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68694349" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC88AB4" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B16B992" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D732357" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048F7CF8" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A6A95E6" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CCB3E4A" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD411EF" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37664333" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="740016FD" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CCFE0D" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15D7376E" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609C6A70" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49047E0E" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50422052" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62F59551" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="560A62AF" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D22D2DB" w14:textId="77777777" w:rsidR="000769CC" w:rsidRDefault="000769CC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5037F389" w14:textId="77777777" w:rsidR="003B2809" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D86AFCE" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03132DEF" w14:textId="77777777" w:rsidR="00BC4B33" w:rsidRPr="00BC7869" w:rsidRDefault="00BC4B33" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7869">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix 1: Administration of Medication Permission Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
-[...10 lines deleted...]
-    <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+    <w:p w14:paraId="11D5D0DD" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52BA7A1D" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2226"/>
         <w:gridCol w:w="3691"/>
         <w:gridCol w:w="3711"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="003B70BB">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="25F2E169" w14:textId="77777777" w:rsidTr="003B70BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00586AFC">
+          <w:p w14:paraId="56EB947C" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00586AFC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00216C96">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="370F84C3" wp14:editId="696505C7">
                   <wp:extent cx="508000" cy="508000"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
                   <wp:docPr id="5" name="Picture 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip r:embed="rId9" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="508000" cy="508000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00586AFC">
+          <w:p w14:paraId="26AC2CBE" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00586AFC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Churchill Primary School</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00C15995">
+          <w:p w14:paraId="363D4ABE" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00C15995">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00586AFC" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -3513,2137 +3477,3150 @@
               <w:t xml:space="preserve">ADMINISTRATION OF MEDICATION </w:t>
             </w:r>
             <w:r w:rsidR="00C15995" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>PERMISSION</w:t>
             </w:r>
             <w:r w:rsidR="00586AFC" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> FORM</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="68692D11" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[TO BE COMPLETED BY PARENTS/CARERS]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="002D784A">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="3703769C" w14:textId="77777777" w:rsidTr="002D784A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="71BE32C3" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="28AE56D5" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Name of Pupil</w:t>
             </w:r>
             <w:r w:rsidR="002D784A" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="4345E3C0" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="6B3F0355" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="6B6FB1C3" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="002D784A">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="0D84723A" w14:textId="77777777" w:rsidTr="002D784A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="1AEA0063" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="1E1D94E8" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Class:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="6FE651EF" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="71E22CDE" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="0CE021FC" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="00897BBB">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="68D140BD" w14:textId="77777777" w:rsidTr="00897BBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00586AFC">
+          <w:p w14:paraId="2D1EDEF5" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00586AFC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00586AFC">
+          <w:p w14:paraId="145C2636" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00586AFC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I request permission for my </w:t>
             </w:r>
             <w:r w:rsidR="002D784A" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>child</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> to be given the following medication during school hours by the class teacher or a designated member of staff. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="2E32AADA" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="002D784A">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="22D83B4D" w14:textId="77777777" w:rsidTr="002D784A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
-[...8 lines deleted...]
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="3EAD80CE" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21333920" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Medication</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="452355BE" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
-[...8 lines deleted...]
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="779D410C" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66D56032" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="002D784A">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="2BEA09D1" w14:textId="77777777" w:rsidTr="002D784A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="5C67CA58" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Dosage</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="14CA75DA" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
-[...8 lines deleted...]
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="3617E48B" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DA772C0" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="002D784A">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="18E96264" w14:textId="77777777" w:rsidTr="002D784A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
+          <w:p w14:paraId="4C875724" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Time to be</w:t>
             </w:r>
             <w:r w:rsidR="00586AFC" w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> taken</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="7F26CD1A" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
-[...8 lines deleted...]
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="0E975429" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E846A28" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="002D784A">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="02CD53BE" w14:textId="77777777" w:rsidTr="002D784A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
+          <w:p w14:paraId="4C705258" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Doctor’s n</w:t>
             </w:r>
             <w:r w:rsidR="00586AFC" w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
             <w:r w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> and telephone number</w:t>
             </w:r>
             <w:r w:rsidR="00586AFC" w:rsidRPr="00B27243">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
-[...8 lines deleted...]
-          <w:p w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
+          <w:p w14:paraId="0C13E6C5" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00B27243" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7288BD26" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00B27243" w:rsidRDefault="002D784A" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="00261DFF">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="21F2E73E" w14:textId="77777777" w:rsidTr="00261DFF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00586AFC">
+          <w:p w14:paraId="1A125A18" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00586AFC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="002D784A">
+          <w:p w14:paraId="4D171BCB" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="002D784A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I understand that whilst all best efforts will be made, staff of </w:t>
             </w:r>
             <w:r w:rsidR="00BC7869" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Churchill</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Primary School accept no responsibility whatsoever for omitting to administer this medicine or administering the medicine at a time different from that specified above. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="0A9219C2" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidTr="00D82B6F">
+      <w:tr w:rsidR="00BC7869" w:rsidRPr="00BC7869" w14:paraId="053E144A" w14:textId="77777777" w:rsidTr="00D82B6F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7869" w:rsidRPr="002D39DA" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
+          <w:p w14:paraId="7E9DFF19" w14:textId="77777777" w:rsidR="00BC7869" w:rsidRPr="002D39DA" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D39DA">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Parent/Carer Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
+          <w:p w14:paraId="0E507086" w14:textId="77777777" w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
+          <w:p w14:paraId="3EF983B2" w14:textId="77777777" w:rsidR="00BC7869" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidTr="004E0021">
+      <w:tr w:rsidR="00586AFC" w:rsidRPr="00BC7869" w14:paraId="3F190E2E" w14:textId="77777777" w:rsidTr="004E0021">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00586AFC">
+          <w:p w14:paraId="399D1F71" w14:textId="77777777" w:rsidR="002D784A" w:rsidRPr="00BC7869" w:rsidRDefault="002D784A" w:rsidP="00586AFC">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
+          <w:p w14:paraId="5BCC139B" w14:textId="77777777" w:rsidR="00586AFC" w:rsidRPr="00BC7869" w:rsidRDefault="00586AFC" w:rsidP="00BC4B33">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Please note that this form relates to temporary administration of medication. Any child requiring on-going medication requires a personal medical care plan which will be discussed and agreed with the Principal</w:t>
             </w:r>
             <w:r w:rsidR="002D784A" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA441E" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>and signed by both parties.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00BC4B33">
+    <w:p w14:paraId="3F41D1A1" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00BC4B33">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidSect="00BC7869">
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1021" w:right="1134" w:bottom="1021" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="473"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1503"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2112"/>
+        <w:gridCol w:w="1012"/>
+        <w:gridCol w:w="1989"/>
+        <w:gridCol w:w="1004"/>
+        <w:gridCol w:w="1682"/>
+        <w:gridCol w:w="1166"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="1407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="02A71631" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14786" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5B13DBF0" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="003B2809" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00216C96">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D2E4348" wp14:editId="02D7FE25">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="639B946F" wp14:editId="629A4ACD">
                   <wp:extent cx="508000" cy="508000"/>
                   <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
                   <wp:docPr id="8" name="Picture 8"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip r:embed="rId9" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="508000" cy="508000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00D14E7A">
+          <w:p w14:paraId="23E966D9" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>CHURCHILL</w:t>
             </w:r>
             <w:r w:rsidR="00C15995" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> PRIMARY SCHOOL</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="4C1B5272" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">ADMINISTRATION OF MEDICATION </w:t>
             </w:r>
             <w:r w:rsidR="00D14E7A" w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>RECORD</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="4F36C16B" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w14:paraId="252DC652" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5F0B13FD" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="470AC7F9" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="03A67DFE" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="253C2748" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="0FBBBCDE" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pupil Name</w:t>
             </w:r>
             <w:r w:rsidR="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="30493D9B" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="04CD3C8D" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5098AD83" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="0C454E97" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name of medicine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="59E49BB8" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3236C9C5" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dose given</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="7AE761EE" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00D14E7A">
+          <w:p w14:paraId="19A4DFB9" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature of staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="65278436" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3807FAD0" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00BC7869" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7869">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>witness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="3C5423AF" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="681DF993" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="60FC68AC" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="4E487A61" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="4D8BCAA8" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="06EA6CB2" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="6A589E16" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="64B59F63" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="26B07A4C" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5B508D93" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="3C032675" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="02E9BDE7" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5C270BC7" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="60FBA85C" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3176C4D0" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="34692EEA" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="42398832" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="342AC10E" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="673CF639" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="28BED521" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="1197C629" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5FE73DAE" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="45361A9F" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="47A81A81" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="170DB16A" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="035BEE3A" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="78CEDBD1" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="32D3DC55" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="04B88904" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="366D13A7" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="47DB22FE" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="0699DA3B" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="5755B9E9" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="0ECA0D7E" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="78745930" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="228E6C0B" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="4CD3A129" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="6DDA8074" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="727EC4D2" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="04518EAD" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="7EA5A84B" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3CDA4131" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="1C03C341" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="57664EE8" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="0AEE0043" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="678CC5FB" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="1E941E81" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3362F90E" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="76F95EC8" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="57B6108C" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidTr="00B27243">
+      <w:tr w:rsidR="00C15995" w:rsidRPr="00BC7869" w14:paraId="2296374B" w14:textId="77777777" w:rsidTr="00B27243">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3436327E" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="1E3BDF52" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
+          <w:p w14:paraId="79F31491" w14:textId="77777777" w:rsidR="00D14E7A" w:rsidRPr="00BC7869" w:rsidRDefault="00D14E7A" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="7D68FF53" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1468" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="40180EB6" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="75F923D2" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="71E028F8" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="3F90B1B2" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
+          <w:p w14:paraId="2CFDE064" w14:textId="77777777" w:rsidR="00C15995" w:rsidRPr="00BC7869" w:rsidRDefault="00C15995" w:rsidP="00D14E7A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006223DF" w:rsidRPr="00BC7869" w:rsidRDefault="00CC17AF" w:rsidP="005C4346">
+    <w:p w14:paraId="77D3FF5A" w14:textId="77777777" w:rsidR="006223DF" w:rsidRDefault="00CC17AF" w:rsidP="005C4346">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix 2: </w:t>
       </w:r>
       <w:r w:rsidR="00730F5E" w:rsidRPr="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administration of Medication Record</w:t>
       </w:r>
       <w:r w:rsidR="00BC7869">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (booklet kept on staffroom noticeboard)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006223DF" w:rsidRPr="00BC7869" w:rsidSect="00BC7869">
-[...1 lines deleted...]
-      <w:pgMar w:top="851" w:right="1021" w:bottom="1134" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w14:paraId="1D7C56F1" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58128406" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345DD719" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3410C357" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CACAF0" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F56CAD7" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D7266AA" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BC27B5" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9D6775" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0DDB29" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3016D9B0" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DAD4C03" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB59EE4" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9CF2A6" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B7F36B" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="3809"/>
+        <w:gridCol w:w="3810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00BC7869" w14:paraId="7637641D" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E11BFAE" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00216C96">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="72"/>
+                <w:szCs w:val="72"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57085322" wp14:editId="756A118C">
+                  <wp:extent cx="508000" cy="508000"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+                  <wp:docPr id="2102123584" name="Picture 2102123584"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="508000" cy="508000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F37824" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Churchill Primary School</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C54AF5B" w14:textId="338162FD" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ADMINISTRATION OF </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INHALER </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>PERMISSION FORM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D80B54" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>[TO BE COMPLETED BY PARENTS/CARERS]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00BC7869" w14:paraId="01D540F8" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46089B21" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53341EB9" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Name of Pupil:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118B81F7" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3005A3A5" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6363AC48" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00BC7869" w14:paraId="5ABE42A7" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2A1267" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0210EEFD" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Class:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EAD03CD" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E77A98A" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FAFEA5A" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00BC7869" w14:paraId="69840DCC" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="500FF734" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F8B6D5F" w14:textId="1BF59608" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I request permission for my child to be given the following </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>inhaler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> during school hours </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or on residential </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by the class teacher or a designated member of staff. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72EF8311" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00B27243" w14:paraId="4332CD08" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A12373C" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77DDB064" w14:textId="75FC5A8A" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Inhaler type</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EC4E3FE" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="326B3DE6" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="573263FD" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00B27243" w14:paraId="046F9DEE" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF089DF" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27243">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Dosage</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE5DAF2" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="590D52D3" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="749B0357" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BF4E19C" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F2F4B7B" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00B27243" w14:paraId="1FE8A7D3" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB15023" w14:textId="23211E2F" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27243">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Time to be taken</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>/frequency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="405C11A0" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DFD76AF" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C14F79C" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="271D08D5" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00B27243" w14:paraId="70BEAED9" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7B1854" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B27243">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Doctor’s name and telephone number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7619" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C611DB6" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34BDCF19" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00B27243" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00BC7869" w14:paraId="546B26FB" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E46A095" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="568B67BE" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC7869">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I understand that whilst all best efforts will be made, staff of Churchill Primary School accept no responsibility whatsoever for omitting to administer this medicine or administering the medicine at a time different from that specified above. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D17C847" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F6057" w:rsidRPr="00BC7869" w14:paraId="54815A99" w14:textId="77777777" w:rsidTr="00314D29">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DC34732" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="002D39DA" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D39DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Parent/Carer Signature:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE087B9" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ED371C1" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D3467F9" w14:textId="77777777" w:rsidR="006F6057" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="378F251A" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="098F2B6B" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="00314D29">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B3C5080" w14:textId="77777777" w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidRDefault="006F6057" w:rsidP="005C4346">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006F6057" w:rsidRPr="00BC7869" w:rsidSect="006F6057">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1021" w:right="1134" w:bottom="1021" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
+    <w:p w14:paraId="10E9B5EF" w14:textId="77777777" w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
+    <w:p w14:paraId="0FE00513" w14:textId="77777777" w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -5667,129 +6644,129 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1204176466"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00DA441E" w:rsidRDefault="00DA441E">
+      <w:p w14:paraId="54CA9C26" w14:textId="77777777" w:rsidR="00DA441E" w:rsidRDefault="00DA441E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00444F1F">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00DA441E" w:rsidRDefault="00DA441E">
+  <w:p w14:paraId="7BD54C78" w14:textId="77777777" w:rsidR="00DA441E" w:rsidRDefault="00DA441E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
+    <w:p w14:paraId="7EB4AC52" w14:textId="77777777" w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
+    <w:p w14:paraId="678B0D88" w14:textId="77777777" w:rsidR="00B9058F" w:rsidRDefault="00B9058F" w:rsidP="00DA441E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00171A01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAEEE67A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6762,177 +7739,185 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1608149403">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="843209982">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1278564490">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1056974283">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2130927869">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="569846977">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1071776212">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1796630950">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1099564773">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F518B"/>
+    <w:rsid w:val="000769CC"/>
     <w:rsid w:val="001B7F75"/>
     <w:rsid w:val="002D39DA"/>
     <w:rsid w:val="002D784A"/>
+    <w:rsid w:val="002F75B3"/>
     <w:rsid w:val="00332597"/>
     <w:rsid w:val="0038003F"/>
     <w:rsid w:val="003B2809"/>
     <w:rsid w:val="00444F1F"/>
     <w:rsid w:val="00493C49"/>
     <w:rsid w:val="00586AFC"/>
     <w:rsid w:val="005C4346"/>
     <w:rsid w:val="005F518B"/>
     <w:rsid w:val="006223DF"/>
+    <w:rsid w:val="006F6057"/>
     <w:rsid w:val="00730F5E"/>
+    <w:rsid w:val="00805123"/>
+    <w:rsid w:val="00901760"/>
     <w:rsid w:val="00AB0009"/>
     <w:rsid w:val="00B27243"/>
     <w:rsid w:val="00B9058F"/>
     <w:rsid w:val="00BC4B33"/>
     <w:rsid w:val="00BC7869"/>
     <w:rsid w:val="00C15995"/>
+    <w:rsid w:val="00CA50C3"/>
     <w:rsid w:val="00CB4647"/>
     <w:rsid w:val="00CC17AF"/>
     <w:rsid w:val="00D14E7A"/>
+    <w:rsid w:val="00D34CB3"/>
     <w:rsid w:val="00DA441E"/>
     <w:rsid w:val="00F82AC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="0934CC89"/>
+  <w14:docId w14:val="74940022"/>
   <w15:docId w15:val="{0F105169-6E1B-490E-B043-AF3BFE5339D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7260,50 +8245,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005F518B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -7402,62 +8392,73 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA441E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA441E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA441E"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000769CC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7706,66 +8707,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>1301</Words>
-  <Characters>7419</Characters>
+  <Words>1352</Words>
+  <Characters>7708</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8703</CharactersWithSpaces>
+  <CharactersWithSpaces>9042</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pam Lowry</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>